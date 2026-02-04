--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -1,1235 +1,468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6277c7ac6fff4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/669acf2376264965a0f038fdd1527e08.psmdcp" Id="R3fcffe8d236d4701" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b81927bdea4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9401dccef4704e6cb543a30988d85465.psmdcp" Id="Rd71b094555c247b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Centres" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
+    <x:t>Centre</x:t>
+  </x:si>
+  <x:si>
     <x:t>Province</x:t>
   </x:si>
   <x:si>
     <x:t>District</x:t>
   </x:si>
   <x:si>
     <x:t>Head</x:t>
   </x:si>
   <x:si>
     <x:t>Tel</x:t>
   </x:si>
   <x:si>
     <x:t>Cell</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Physical Address</x:t>
   </x:si>
   <x:si>
-    <x:t>{{'tnbwas_GlCeQwVF9k69'+8039*1026}}</x:t>
-[...17 lines deleted...]
-    <x:t>;select pg_sleep(2); -- ';select pg_sleep(2); -- ";select pg_sleep(2); -- -</x:t>
+    <x:t>National</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Bongani Elias Sithole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0120650968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EliasS@ndmc.gov.za</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside Office Park Letaba Building, 2nd Floor, 1303 Heuwel Avenue, Centurion, 0157</x:t>
   </x:si>
   <x:si>
     <x:t>Eastern Cape</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Chuleza Jama</x:t>
   </x:si>
   <x:si>
     <x:t>0406026500</x:t>
   </x:si>
   <x:si>
     <x:t>0713895488</x:t>
   </x:si>
   <x:si>
     <x:t>Chuleza.jama@eccogta.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Yellow Roads, Bisho</x:t>
   </x:si>
   <x:si>
     <x:t>Buffalo City Metro</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Lunga Mnxulwa</x:t>
   </x:si>
   <x:si>
     <x:t>0437437118</x:t>
   </x:si>
   <x:si>
     <x:t>0727309636</x:t>
   </x:si>
   <x:si>
-    <x:t>LungaMn@buffalocity.go v.za / Alvira@buffalocity.gov.z a</x:t>
+    <x:t>LungaMn@buffalocity.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>East London</x:t>
   </x:si>
   <x:si>
     <x:t>Nelson Mandela Metro</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Harry Lansdown (Acting)</x:t>
   </x:si>
   <x:si>
     <x:t>0415017900</x:t>
   </x:si>
   <x:si>
     <x:t>0794900626</x:t>
   </x:si>
   <x:si>
-    <x:t>hlansdown@mandelame tro.gov.za</x:t>
+    <x:t>hlansdown@mandelametro.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Port Elizabeth</x:t>
   </x:si>
   <x:si>
     <x:t>Chris Hani</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Zandisile Yafele</x:t>
   </x:si>
   <x:si>
     <x:t>0458089000</x:t>
   </x:si>
   <x:si>
     <x:t>0822588080</x:t>
   </x:si>
   <x:si>
-    <x:t>zyafele@chrishanidm.go v.za/yafelezandisile@gm ail.com</x:t>
+    <x:t>zyafele@chrishanidm.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Queenstown</x:t>
   </x:si>
   <x:si>
     <x:t>Joe Gqabi</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Nthati Mokhantso (Acting)</x:t>
   </x:si>
   <x:si>
     <x:t>0459793137</x:t>
   </x:si>
   <x:si>
     <x:t>0824403596</x:t>
   </x:si>
   <x:si>
-    <x:t>mokhantson@jgdm.gov. za</x:t>
+    <x:t>mokhantson@jgdm.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Barkley East</x:t>
   </x:si>
   <x:si>
     <x:t>Amatole</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Lulu Thinta (Acting)</x:t>
   </x:si>
   <x:si>
-    <x:t>0437832347/5</x:t>
+    <x:t>0437832347</x:t>
   </x:si>
   <x:si>
     <x:t>0825471987</x:t>
   </x:si>
   <x:si>
-    <x:t>thembilet@amathole.gov
-.za</x:t>
+    <x:t>thembilet@amathole.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Sarah Baartman</x:t>
   </x:si>
   <x:si>
-    <x:t>Mr K Majokweni (acting)</x:t>
+    <x:t>Mr K Majokweni (Acting)</x:t>
   </x:si>
   <x:si>
     <x:t>0415087036</x:t>
   </x:si>
   <x:si>
     <x:t>0826283359</x:t>
   </x:si>
   <x:si>
-    <x:t>kmajokweni@sbdm.co.z a</x:t>
-[...2 lines deleted...]
-    <x:t>32 Govan Mbeki Dr, Port Elizabeth</x:t>
+    <x:t>kmajokweni@sbdm.co.za</x:t>
   </x:si>
   <x:si>
     <x:t>OR Tambo</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Xolani Dakuse (Acting)</x:t>
   </x:si>
   <x:si>
     <x:t>0475016567</x:t>
   </x:si>
   <x:si>
-    <x:t>0833111428/0718706483</x:t>
-[...5 lines deleted...]
-    <x:t>Umtata</x:t>
+    <x:t>0833111428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XolaniD@ortambodm.gov.za</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mthatha</x:t>
   </x:si>
   <x:si>
     <x:t>Alfred Nzo</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Onke Diko</x:t>
   </x:si>
   <x:si>
     <x:t>0392540748</x:t>
   </x:si>
   <x:si>
     <x:t>0793613325</x:t>
   </x:si>
   <x:si>
-    <x:t>dikoo@andm.gov.za / dikoo@webmail.co.za</x:t>
+    <x:t>dikoo@andm.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Mount Ayliff</x:t>
   </x:si>
   <x:si>
     <x:t>Free State</x:t>
   </x:si>
   <x:si>
-    <x:t>Mr MW
-Butler</x:t>
+    <x:t>Mr MW Butler</x:t>
   </x:si>
   <x:si>
     <x:t>0514072001</x:t>
   </x:si>
   <x:si>
-    <x:t>0745130453/0664874896</x:t>
+    <x:t>0745130453</x:t>
   </x:si>
   <x:si>
     <x:t>markes@fscogta.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Pelonomi Hospital, Bloemfontein</x:t>
   </x:si>
   <x:si>
     <x:t>Mangaung</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Billy Barnes</x:t>
   </x:si>
   <x:si>
     <x:t>0514066353</x:t>
   </x:si>
   <x:si>
     <x:t>0847599547</x:t>
   </x:si>
   <x:si>
-    <x:t>Billy.barnes@mangaung
-.co.za</x:t>
+    <x:t>Billy.barnes@mangaung.co.za</x:t>
   </x:si>
   <x:si>
     <x:t>Bloemfontein</x:t>
   </x:si>
   <x:si>
-    <x:t>Thabo Mofutsanya na</x:t>
-[...11 lines deleted...]
-    <x:t>jones@tmdm.gov.za / mohlakoanamokoena@ gmail.com</x:t>
+    <x:t>Thabo Mofutsanyana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr J Mokoena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0587181000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0834395192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jones@tmdm.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>QwaQwa</x:t>
   </x:si>
   <x:si>
     <x:t>Fezile Dabi</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Mathibe Mohapi</x:t>
   </x:si>
   <x:si>
-    <x:t>0169708875/4</x:t>
+    <x:t>0169708875</x:t>
   </x:si>
   <x:si>
     <x:t>0827790533</x:t>
   </x:si>
   <x:si>
-    <x:t>mohapim@feziledabi.go v.za</x:t>
+    <x:t>mohapim@feziledabi.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Sasolburg</x:t>
   </x:si>
   <x:si>
     <x:t>Xhariep</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Teboho Chabe</x:t>
   </x:si>
   <x:si>
     <x:t>0510112238</x:t>
   </x:si>
   <x:si>
     <x:t>0823079216</x:t>
   </x:si>
   <x:si>
-    <x:t>chabe.teboho@gmail.co m</x:t>
+    <x:t>chabe.teboho@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>Trompsburg</x:t>
   </x:si>
   <x:si>
-    <x:t>Lejweleputs wa</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Gauteng</x:t>
   </x:si>
   <x:si>
-    <x:t>Tshepo Motlhale</x:t>
+    <x:t>Mr Tshepo Motlhale</x:t>
   </x:si>
   <x:si>
     <x:t>0103450804</x:t>
   </x:si>
   <x:si>
-    <x:t>072 4366870</x:t>
-[...8 lines deleted...]
-    <x:t>City of Johannesb urg</x:t>
+    <x:t>0724366870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tshepo.Motlhale@gauteng.gov.za</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midrand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Johannesburg</x:t>
   </x:si>
   <x:si>
     <x:t>Mr W Mazibuko</x:t>
   </x:si>
   <x:si>
     <x:t>0112228015</x:t>
   </x:si>
   <x:si>
     <x:t>0824600386</x:t>
   </x:si>
   <x:si>
-    <x:t>Wmazibuko@joburg.org. za</x:t>
-[...5 lines deleted...]
-    <x:t>City of Tshwane (Acting)</x:t>
+    <x:t>Wmazibuko@joburg.org.za</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tshwane</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Tanya Terblanche</x:t>
   </x:si>
   <x:si>
     <x:t>0123582593</x:t>
   </x:si>
   <x:si>
-    <x:t>082 7702904</x:t>
+    <x:t>0827702904</x:t>
   </x:si>
   <x:si>
     <x:t>Tanyat@tshwane.gov.za</x:t>
   </x:si>
   <x:si>
-    <x:t>Cnr Bekket &amp; Government Str, Pretoria</x:t>
-[...682 lines deleted...]
-    <x:t>60 Market Street, Vryburg</x:t>
+    <x:t>Pretoria</x:t>
   </x:si>
   <x:si>
     <x:t>Western Cape</x:t>
   </x:si>
   <x:si>
-    <x:t>Mr C Deiner</x:t>
+    <x:t>Mr Colin Deiner</x:t>
   </x:si>
   <x:si>
     <x:t>0219376301</x:t>
   </x:si>
   <x:si>
     <x:t>0825506770</x:t>
   </x:si>
   <x:si>
-    <x:t>Colin.Deiner@westernca pe.gov.za</x:t>
-[...2 lines deleted...]
-    <x:t>Francie van Zyjl Drive, Tygerberg hospital, Cape Town, 7505</x:t>
+    <x:t>Colin.Deiner@westerncape.gov.za</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tygerberg Hospital, Cape Town</x:t>
   </x:si>
   <x:si>
     <x:t>City of Cape Town</x:t>
   </x:si>
   <x:si>
     <x:t>Dr Johan Minnie</x:t>
   </x:si>
   <x:si>
-    <x:t>0215975009/580809114357</x:t>
+    <x:t>0215975009</x:t>
   </x:si>
   <x:si>
     <x:t>0842200074</x:t>
   </x:si>
   <x:si>
-    <x:t>johan.minnie@capetown
-.gov.za</x:t>
+    <x:t>johan.minnie@capetown.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Goodwood</x:t>
   </x:si>
   <x:si>
     <x:t>Cape Winelands</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Shaun Minnies</x:t>
   </x:si>
   <x:si>
-    <x:t>0218885842/47</x:t>
+    <x:t>0218885842</x:t>
   </x:si>
   <x:si>
     <x:t>0827799823</x:t>
   </x:si>
   <x:si>
-    <x:t>shaun@capewinelands. gov.za / hoc@capewinelands.go v.za</x:t>
+    <x:t>shaun@capewinelands.gov.za</x:t>
   </x:si>
   <x:si>
     <x:t>Stellenbosch</x:t>
   </x:si>
   <x:si>
-    <x:t>Central Karoo</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Garden Route</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Gerhard Otto</x:t>
   </x:si>
   <x:si>
     <x:t>0448041435</x:t>
   </x:si>
   <x:si>
     <x:t>0814699128</x:t>
   </x:si>
   <x:si>
-    <x:t>GerhardO@edendm.co. za</x:t>
+    <x:t>GerhardO@edendm.co.za</x:t>
   </x:si>
   <x:si>
     <x:t>George</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Moorreesburg</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1263,90 +496,51 @@
   </x:borders>
   <x:cellStyleXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
-[...38 lines deleted...]
-</xdr:wsDr>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1588,1551 +782,672 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId5" /></Relationships>
-[...1 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H68"/>
+  <x:dimension ref="A1:H23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="36.567768" style="0" customWidth="1"/>
-[...4 lines deleted...]
-    <x:col min="8" max="8" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="21.567768" style="0" customWidth="1"/>
+    <x:col min="2" max="3" width="13.567768" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="28.139196" style="0" customWidth="1"/>
+    <x:col min="5" max="6" width="11.282054" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="32.853482" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="78.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
+    <x:row r="1" spans="1:8">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C1" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D1" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E1" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F1" s="1" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G1" s="1" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H1" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:8">
+      <x:c r="A2" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B2" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D2" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E2" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F2" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G2" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:8">
+      <x:c r="A3" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:8">
+      <x:c r="A4" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
     <x:row r="5" spans="1:8">
-      <x:c r="A5" s="1" t="s">
-[...20 lines deleted...]
-      <x:c r="H5" s="1"/>
+      <x:c r="A5" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G8" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>114</x:v>
-[...81 lines deleted...]
-      <x:c r="D27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E27" s="0" t="s">
+      <x:c r="H23" s="0" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...947 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
-  <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Centres</vt:lpstr>
       <vt:lpstr>Centres!Print_Area</vt:lpstr>
       <vt:lpstr>Centres!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>