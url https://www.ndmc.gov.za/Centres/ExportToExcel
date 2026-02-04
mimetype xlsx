--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b81927bdea4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9401dccef4704e6cb543a30988d85465.psmdcp" Id="Rd71b094555c247b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5bf93b83da4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47dbec334a584dcaaf2dfb59a15065cb.psmdcp" Id="Rcc7d5ab11458413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Centres" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Centre</x:t>
   </x:si>
   <x:si>
     <x:t>Province</x:t>
   </x:si>
   <x:si>